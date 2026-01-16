--- v0 (2025-11-22)
+++ v1 (2026-01-16)
@@ -426,51 +426,51 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
     <pageSetUpPr/>
   </sheetPr>
-  <dimension ref="A1:K7"/>
+  <dimension ref="A1:K15"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="15"/>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="inlineStr">
         <is>
           <t>Data</t>
         </is>
       </c>
       <c r="B1" s="1" t="inlineStr">
         <is>
           <t>Evento</t>
         </is>
       </c>
       <c r="C1" s="1" t="inlineStr">
         <is>
           <t>Modalidade</t>
         </is>
       </c>
       <c r="D1" s="1" t="inlineStr">
         <is>
@@ -497,344 +497,752 @@
           <t>Membros da equipe</t>
         </is>
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
           <t>Colocação</t>
         </is>
       </c>
       <c r="J1" s="1" t="inlineStr">
         <is>
           <t>Medalha</t>
         </is>
       </c>
       <c r="K1" s="1" t="inlineStr">
         <is>
           <t>Pontos</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
         <v>45988</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Minigolfe • Misto Juvenil • 27/11/2025 • 10:00</t>
+          <t>Minigolfe • Misto Infantil • 27/11/2025 • 10:00</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
           <t>Minigolfe</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Juvenil</t>
+          <t>Infantil</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
           <t>Misto</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>Agatha Costa</t>
+          <t>Helena Ortiz</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
-          <t>Araçatuba</t>
+          <t>Campinas</t>
         </is>
       </c>
       <c r="H2" t="inlineStr"/>
       <c r="I2" t="inlineStr">
         <is>
-          <t>1º</t>
+          <t>2º</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>ouro</t>
+          <t>prata</t>
         </is>
       </c>
       <c r="K2" t="n">
-        <v>10</v>
+        <v>6</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
         <v>45988</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Minigolfe • Misto Adulto • 27/11/2025 • 10:00</t>
+          <t>Bocha Livre • Misto • 27/11/2025 • 09:00</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Minigolfe</t>
+          <t>Bocha Livre</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Adulto</t>
+          <t>Geral</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
           <t>Misto</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>Mariana da Cunha</t>
+          <t>Dupla Bocha Campinas C</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>Campinas</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr"/>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Delcides Massarotti, Marcos Furlan</t>
+        </is>
+      </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>1º</t>
+          <t>3º</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>ouro</t>
+          <t>bronze</t>
         </is>
       </c>
       <c r="K3" t="n">
-        <v>10</v>
+        <v>4</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
         <v>45988</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Tênis de Mesa • Misto Adulto • 27/11/2025 • 16:00</t>
+          <t>Tênis de Mesa • Misto Juvenil • 27/11/2025 • 15:00</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Tênis de Mesa</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Adulto</t>
+          <t>Juvenil</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>Misto</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>Ana Carvalho</t>
+          <t>Kaio Mercadante</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>Campinas</t>
         </is>
       </c>
       <c r="H4" t="inlineStr"/>
       <c r="I4" t="inlineStr">
         <is>
-          <t>1º</t>
+          <t>4º</t>
         </is>
       </c>
       <c r="J4" t="inlineStr">
         <is>
-          <t>ouro</t>
+          <t>—</t>
         </is>
       </c>
       <c r="K4" t="n">
-        <v>10</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
         <v>45988</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Bocha Livre • Misto • 27/11/2025 • 09:00</t>
+          <t>Xadrez Blitz • Misto • 27/11/2025 • 20:30</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Bocha Livre</t>
+          <t>Xadrez Blitz</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Geral</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Misto</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>Dupla Bocha Campinas</t>
+          <t>Kaio Mercadante</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>Campinas</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H5" t="inlineStr"/>
       <c r="I5" t="inlineStr">
         <is>
-          <t>2º</t>
+          <t>4º</t>
         </is>
       </c>
       <c r="J5" t="inlineStr">
         <is>
-          <t>prata</t>
+          <t>—</t>
         </is>
       </c>
       <c r="K5" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>45988</v>
+        <v>45989</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Futebol Society Master • M Master • 27/11/2025 • 09:00</t>
+          <t>Sinuca Livre • Misto • 28/11/2025 • 15:00</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Futebol Society Master</t>
+          <t>Sinuca Livre</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Master</t>
+          <t>Geral</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>Misto</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>Equipe Futebol Araraquara</t>
+          <t>Sérgio Perez</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>Campinas</t>
         </is>
       </c>
-      <c r="H6" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H6" t="inlineStr"/>
       <c r="I6" t="inlineStr">
         <is>
-          <t>4º</t>
+          <t>1º</t>
         </is>
       </c>
       <c r="J6" t="inlineStr">
         <is>
-          <t>—</t>
+          <t>ouro</t>
         </is>
       </c>
       <c r="K6" t="n">
-        <v>4</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
+        <v>45989</v>
+      </c>
+      <c r="B7" t="inlineStr">
+        <is>
+          <t>Dança de Salão • Misto • 28/11/2025 • 20:30</t>
+        </is>
+      </c>
+      <c r="C7" t="inlineStr">
+        <is>
+          <t>Dança de Salão</t>
+        </is>
+      </c>
+      <c r="D7" t="inlineStr">
+        <is>
+          <t>Geral</t>
+        </is>
+      </c>
+      <c r="E7" t="inlineStr">
+        <is>
+          <t>Misto</t>
+        </is>
+      </c>
+      <c r="F7" t="inlineStr">
+        <is>
+          <t>Dupla Dança Campinas B</t>
+        </is>
+      </c>
+      <c r="G7" t="inlineStr">
+        <is>
+          <t>Campinas</t>
+        </is>
+      </c>
+      <c r="H7" t="inlineStr">
+        <is>
+          <t>Valdir Marques, Luzia Marques</t>
+        </is>
+      </c>
+      <c r="I7" t="inlineStr">
+        <is>
+          <t>1º</t>
+        </is>
+      </c>
+      <c r="J7" t="inlineStr">
+        <is>
+          <t>ouro</t>
+        </is>
+      </c>
+      <c r="K7" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" s="2" t="n">
+        <v>45989</v>
+      </c>
+      <c r="B8" t="inlineStr">
+        <is>
+          <t>Tranca Livre • Misto • 28/11/2025 • 15:00</t>
+        </is>
+      </c>
+      <c r="C8" t="inlineStr">
+        <is>
+          <t>Tranca Livre</t>
+        </is>
+      </c>
+      <c r="D8" t="inlineStr">
+        <is>
+          <t>Geral</t>
+        </is>
+      </c>
+      <c r="E8" t="inlineStr">
+        <is>
+          <t>Misto</t>
+        </is>
+      </c>
+      <c r="F8" t="inlineStr">
+        <is>
+          <t>Dupla Tranca Campinas A</t>
+        </is>
+      </c>
+      <c r="G8" t="inlineStr">
+        <is>
+          <t>Campinas</t>
+        </is>
+      </c>
+      <c r="H8" t="inlineStr">
+        <is>
+          <t>Renato Assis, Lilian Ghizzi</t>
+        </is>
+      </c>
+      <c r="I8" t="inlineStr">
+        <is>
+          <t>1º</t>
+        </is>
+      </c>
+      <c r="J8" t="inlineStr">
+        <is>
+          <t>ouro</t>
+        </is>
+      </c>
+      <c r="K8" t="n">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="2" t="n">
+        <v>45989</v>
+      </c>
+      <c r="B9" t="inlineStr">
+        <is>
+          <t>Dança de Salão • Misto • 28/11/2025 • 20:30</t>
+        </is>
+      </c>
+      <c r="C9" t="inlineStr">
+        <is>
+          <t>Dança de Salão</t>
+        </is>
+      </c>
+      <c r="D9" t="inlineStr">
+        <is>
+          <t>Geral</t>
+        </is>
+      </c>
+      <c r="E9" t="inlineStr">
+        <is>
+          <t>Misto</t>
+        </is>
+      </c>
+      <c r="F9" t="inlineStr">
+        <is>
+          <t>Dupla Dança Campinas D</t>
+        </is>
+      </c>
+      <c r="G9" t="inlineStr">
+        <is>
+          <t>Campinas</t>
+        </is>
+      </c>
+      <c r="H9" t="inlineStr">
+        <is>
+          <t>Djalma Gonçalves, Fernanda Gonçalves</t>
+        </is>
+      </c>
+      <c r="I9" t="inlineStr">
+        <is>
+          <t>2º</t>
+        </is>
+      </c>
+      <c r="J9" t="inlineStr">
+        <is>
+          <t>prata</t>
+        </is>
+      </c>
+      <c r="K9" t="n">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" s="2" t="n">
+        <v>45989</v>
+      </c>
+      <c r="B10" t="inlineStr">
+        <is>
+          <t>Tranca Livre • Misto • 28/11/2025 • 15:00</t>
+        </is>
+      </c>
+      <c r="C10" t="inlineStr">
+        <is>
+          <t>Tranca Livre</t>
+        </is>
+      </c>
+      <c r="D10" t="inlineStr">
+        <is>
+          <t>Geral</t>
+        </is>
+      </c>
+      <c r="E10" t="inlineStr">
+        <is>
+          <t>Misto</t>
+        </is>
+      </c>
+      <c r="F10" t="inlineStr">
+        <is>
+          <t>Dupla Tranca Campinas D</t>
+        </is>
+      </c>
+      <c r="G10" t="inlineStr">
+        <is>
+          <t>Campinas</t>
+        </is>
+      </c>
+      <c r="H10" t="inlineStr">
+        <is>
+          <t>Waldemar Júnior, Regina Finatti</t>
+        </is>
+      </c>
+      <c r="I10" t="inlineStr">
+        <is>
+          <t>2º</t>
+        </is>
+      </c>
+      <c r="J10" t="inlineStr">
+        <is>
+          <t>prata</t>
+        </is>
+      </c>
+      <c r="K10" t="n">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" s="2" t="n">
+        <v>45989</v>
+      </c>
+      <c r="B11" t="inlineStr">
+        <is>
+          <t>Sinuca Livre • Misto • 28/11/2025 • 15:00</t>
+        </is>
+      </c>
+      <c r="C11" t="inlineStr">
+        <is>
+          <t>Sinuca Livre</t>
+        </is>
+      </c>
+      <c r="D11" t="inlineStr">
+        <is>
+          <t>Geral</t>
+        </is>
+      </c>
+      <c r="E11" t="inlineStr">
+        <is>
+          <t>Misto</t>
+        </is>
+      </c>
+      <c r="F11" t="inlineStr">
+        <is>
+          <t xml:space="preserve">	Wilson Mercadante</t>
+        </is>
+      </c>
+      <c r="G11" t="inlineStr">
+        <is>
+          <t>Campinas</t>
+        </is>
+      </c>
+      <c r="H11" t="inlineStr"/>
+      <c r="I11" t="inlineStr">
+        <is>
+          <t>3º</t>
+        </is>
+      </c>
+      <c r="J11" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="K11" t="n">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" s="2" t="n">
+        <v>45989</v>
+      </c>
+      <c r="B12" t="inlineStr">
+        <is>
+          <t>Futebol de Botão • Misto Juvenil • 28/11/2025 • 16:00</t>
+        </is>
+      </c>
+      <c r="C12" t="inlineStr">
+        <is>
+          <t>Futebol de Botão</t>
+        </is>
+      </c>
+      <c r="D12" t="inlineStr">
+        <is>
+          <t>Juvenil</t>
+        </is>
+      </c>
+      <c r="E12" t="inlineStr">
+        <is>
+          <t>Misto</t>
+        </is>
+      </c>
+      <c r="F12" t="inlineStr">
+        <is>
+          <t>Kaio Mercadante</t>
+        </is>
+      </c>
+      <c r="G12" t="inlineStr">
+        <is>
+          <t>Campinas</t>
+        </is>
+      </c>
+      <c r="H12" t="inlineStr"/>
+      <c r="I12" t="inlineStr">
+        <is>
+          <t>3º</t>
+        </is>
+      </c>
+      <c r="J12" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="K12" t="n">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="2" t="n">
+        <v>45989</v>
+      </c>
+      <c r="B13" t="inlineStr">
+        <is>
+          <t>Dança de Salão • Misto • 28/11/2025 • 20:30</t>
+        </is>
+      </c>
+      <c r="C13" t="inlineStr">
+        <is>
+          <t>Dança de Salão</t>
+        </is>
+      </c>
+      <c r="D13" t="inlineStr">
+        <is>
+          <t>Geral</t>
+        </is>
+      </c>
+      <c r="E13" t="inlineStr">
+        <is>
+          <t>Misto</t>
+        </is>
+      </c>
+      <c r="F13" t="inlineStr">
+        <is>
+          <t>Dupla Dança Campinas A</t>
+        </is>
+      </c>
+      <c r="G13" t="inlineStr">
+        <is>
+          <t>Campinas</t>
+        </is>
+      </c>
+      <c r="H13" t="inlineStr">
+        <is>
+          <t>Sérgio Perez, Silmara Perez</t>
+        </is>
+      </c>
+      <c r="I13" t="inlineStr">
+        <is>
+          <t>3º</t>
+        </is>
+      </c>
+      <c r="J13" t="inlineStr">
+        <is>
+          <t>bronze</t>
+        </is>
+      </c>
+      <c r="K13" t="n">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="2" t="n">
+        <v>45989</v>
+      </c>
+      <c r="B14" t="inlineStr">
+        <is>
+          <t>Dança de Salão • Misto • 28/11/2025 • 20:30</t>
+        </is>
+      </c>
+      <c r="C14" t="inlineStr">
+        <is>
+          <t>Dança de Salão</t>
+        </is>
+      </c>
+      <c r="D14" t="inlineStr">
+        <is>
+          <t>Geral</t>
+        </is>
+      </c>
+      <c r="E14" t="inlineStr">
+        <is>
+          <t>Misto</t>
+        </is>
+      </c>
+      <c r="F14" t="inlineStr">
+        <is>
+          <t>Dupla Dança Campinas C</t>
+        </is>
+      </c>
+      <c r="G14" t="inlineStr">
+        <is>
+          <t>Campinas</t>
+        </is>
+      </c>
+      <c r="H14" t="inlineStr">
+        <is>
+          <t>Ricardo Nascimento, Judenir Nascimento</t>
+        </is>
+      </c>
+      <c r="I14" t="inlineStr">
+        <is>
+          <t>4º</t>
+        </is>
+      </c>
+      <c r="J14" t="inlineStr">
+        <is>
+          <t>—</t>
+        </is>
+      </c>
+      <c r="K14" t="n">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" s="2" t="n">
         <v>45990</v>
       </c>
-      <c r="B7" t="inlineStr">
-[...45 lines deleted...]
-        <v>6</v>
+      <c r="B15" t="inlineStr">
+        <is>
+          <t>Corrida de Rua • M Adulto • 29/11/2025 • 09:00</t>
+        </is>
+      </c>
+      <c r="C15" t="inlineStr">
+        <is>
+          <t>Corrida de Rua</t>
+        </is>
+      </c>
+      <c r="D15" t="inlineStr">
+        <is>
+          <t>Adulto</t>
+        </is>
+      </c>
+      <c r="E15" t="inlineStr">
+        <is>
+          <t>M</t>
+        </is>
+      </c>
+      <c r="F15" t="inlineStr">
+        <is>
+          <t>Rodolfo Elias</t>
+        </is>
+      </c>
+      <c r="G15" t="inlineStr">
+        <is>
+          <t>Campinas</t>
+        </is>
+      </c>
+      <c r="H15" t="inlineStr"/>
+      <c r="I15" t="inlineStr">
+        <is>
+          <t>1º</t>
+        </is>
+      </c>
+      <c r="J15" t="inlineStr">
+        <is>
+          <t>ouro</t>
+        </is>
+      </c>
+      <c r="K15" t="n">
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>openpyxl</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>