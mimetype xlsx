--- v0 (2025-11-22)
+++ v1 (2026-01-16)
@@ -497,336 +497,328 @@
           <t>Membros da equipe</t>
         </is>
       </c>
       <c r="I1" s="1" t="inlineStr">
         <is>
           <t>Colocação</t>
         </is>
       </c>
       <c r="J1" s="1" t="inlineStr">
         <is>
           <t>Medalha</t>
         </is>
       </c>
       <c r="K1" s="1" t="inlineStr">
         <is>
           <t>Pontos</t>
         </is>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="2" t="n">
         <v>45988</v>
       </c>
       <c r="B2" t="inlineStr">
         <is>
-          <t>Futebol Society Master • M Master • 27/11/2025 • 09:00</t>
+          <t>Minigolfe • Misto Adulto • 27/11/2025 • 10:00</t>
         </is>
       </c>
       <c r="C2" t="inlineStr">
         <is>
-          <t>Futebol Society Master</t>
+          <t>Minigolfe</t>
         </is>
       </c>
       <c r="D2" t="inlineStr">
         <is>
-          <t>Master</t>
+          <t>Adulto</t>
         </is>
       </c>
       <c r="E2" t="inlineStr">
         <is>
-          <t>M</t>
+          <t>Misto</t>
         </is>
       </c>
       <c r="F2" t="inlineStr">
         <is>
-          <t>Equipe Futebol São Paulo</t>
+          <t>João Deméo</t>
         </is>
       </c>
       <c r="G2" t="inlineStr">
         <is>
           <t>São Paulo</t>
         </is>
       </c>
-      <c r="H2" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H2" t="inlineStr"/>
       <c r="I2" t="inlineStr">
         <is>
-          <t>2º</t>
+          <t>1º</t>
         </is>
       </c>
       <c r="J2" t="inlineStr">
         <is>
-          <t>prata</t>
+          <t>ouro</t>
         </is>
       </c>
       <c r="K2" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="2" t="n">
         <v>45988</v>
       </c>
       <c r="B3" t="inlineStr">
         <is>
-          <t>Minigolfe • Misto Infantil • 27/11/2025 • 10:00</t>
+          <t>Futebol Society Master • M Master • 27/11/2025 • 09:00</t>
         </is>
       </c>
       <c r="C3" t="inlineStr">
         <is>
-          <t>Minigolfe</t>
+          <t>Futebol Society Master</t>
         </is>
       </c>
       <c r="D3" t="inlineStr">
         <is>
-          <t>Infantil</t>
+          <t>Master</t>
         </is>
       </c>
       <c r="E3" t="inlineStr">
         <is>
-          <t>Misto</t>
+          <t>M</t>
         </is>
       </c>
       <c r="F3" t="inlineStr">
         <is>
-          <t>Ana Clara Lopes</t>
+          <t>Equipe Society São Paulo</t>
         </is>
       </c>
       <c r="G3" t="inlineStr">
         <is>
           <t>São Paulo</t>
         </is>
       </c>
-      <c r="H3" t="inlineStr"/>
+      <c r="H3" t="inlineStr">
+        <is>
+          <t>Alexandre Romão, Claudinei Tonon, Cristiano Azevedo, Deivison Silva, Fernando Souza, Jonas Pinto, José Anjos, Josimar Alves, Juemar Souza, Julio Almeida, Leandro Boas, Luiz Alencar, Marcio Longo, Sergio Martines, Valmir Silva</t>
+        </is>
+      </c>
       <c r="I3" t="inlineStr">
         <is>
-          <t>2º</t>
+          <t>1º</t>
         </is>
       </c>
       <c r="J3" t="inlineStr">
         <is>
-          <t>prata</t>
+          <t>ouro</t>
         </is>
       </c>
       <c r="K3" t="n">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="2" t="n">
         <v>45988</v>
       </c>
       <c r="B4" t="inlineStr">
         <is>
-          <t>Minigolfe • Misto Juvenil • 27/11/2025 • 10:00</t>
+          <t>Minigolfe • Misto Adulto • 27/11/2025 • 10:00</t>
         </is>
       </c>
       <c r="C4" t="inlineStr">
         <is>
           <t>Minigolfe</t>
         </is>
       </c>
       <c r="D4" t="inlineStr">
         <is>
-          <t>Juvenil</t>
+          <t>Adulto</t>
         </is>
       </c>
       <c r="E4" t="inlineStr">
         <is>
           <t>Misto</t>
         </is>
       </c>
       <c r="F4" t="inlineStr">
         <is>
-          <t>Alícia Duarte</t>
+          <t>Benedicto Filho</t>
         </is>
       </c>
       <c r="G4" t="inlineStr">
         <is>
           <t>São Paulo</t>
         </is>
       </c>
       <c r="H4" t="inlineStr"/>
       <c r="I4" t="inlineStr">
         <is>
-          <t>2º</t>
+          <t>4º</t>
         </is>
       </c>
       <c r="J4" t="inlineStr">
         <is>
-          <t>prata</t>
+          <t>—</t>
         </is>
       </c>
       <c r="K4" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="2" t="n">
-        <v>45988</v>
+        <v>45989</v>
       </c>
       <c r="B5" t="inlineStr">
         <is>
-          <t>Bocha Livre • Misto • 27/11/2025 • 09:00</t>
+          <t>Sinuca Livre • Misto • 28/11/2025 • 15:00</t>
         </is>
       </c>
       <c r="C5" t="inlineStr">
         <is>
-          <t>Bocha Livre</t>
+          <t>Sinuca Livre</t>
         </is>
       </c>
       <c r="D5" t="inlineStr">
         <is>
           <t>Geral</t>
         </is>
       </c>
       <c r="E5" t="inlineStr">
         <is>
           <t>Misto</t>
         </is>
       </c>
       <c r="F5" t="inlineStr">
         <is>
-          <t>Dupla Bocha Piracicaba</t>
+          <t>Cristiano Azevedo</t>
         </is>
       </c>
       <c r="G5" t="inlineStr">
         <is>
           <t>São Paulo</t>
         </is>
       </c>
-      <c r="H5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H5" t="inlineStr"/>
       <c r="I5" t="inlineStr">
         <is>
-          <t>3º</t>
+          <t>2º</t>
         </is>
       </c>
       <c r="J5" t="inlineStr">
         <is>
-          <t>bronze</t>
+          <t>prata</t>
         </is>
       </c>
       <c r="K5" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="2" t="n">
-        <v>45988</v>
+        <v>45989</v>
       </c>
       <c r="B6" t="inlineStr">
         <is>
-          <t>Tênis de Mesa • Misto Adulto • 27/11/2025 • 16:00</t>
+          <t>Sinuca Livre • Misto • 28/11/2025 • 15:00</t>
         </is>
       </c>
       <c r="C6" t="inlineStr">
         <is>
-          <t>Tênis de Mesa</t>
+          <t>Sinuca Livre</t>
         </is>
       </c>
       <c r="D6" t="inlineStr">
         <is>
-          <t>Adulto</t>
+          <t>Geral</t>
         </is>
       </c>
       <c r="E6" t="inlineStr">
         <is>
           <t>Misto</t>
         </is>
       </c>
       <c r="F6" t="inlineStr">
         <is>
-          <t>Ana Clara Lopes</t>
+          <t>Luiz Alencar</t>
         </is>
       </c>
       <c r="G6" t="inlineStr">
         <is>
           <t>São Paulo</t>
         </is>
       </c>
       <c r="H6" t="inlineStr"/>
       <c r="I6" t="inlineStr">
         <is>
           <t>4º</t>
         </is>
       </c>
       <c r="J6" t="inlineStr">
         <is>
           <t>—</t>
         </is>
       </c>
       <c r="K6" t="n">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="2" t="n">
         <v>45990</v>
       </c>
       <c r="B7" t="inlineStr">
         <is>
-          <t>Beach Tennis • Misto • 29/11/2025 • 09:00</t>
+          <t>Corrida de Rua • M Adulto • 29/11/2025 • 09:00</t>
         </is>
       </c>
       <c r="C7" t="inlineStr">
         <is>
-          <t>Beach Tennis</t>
+          <t>Corrida de Rua</t>
         </is>
       </c>
       <c r="D7" t="inlineStr">
         <is>
-          <t>Geral</t>
+          <t>Adulto</t>
         </is>
       </c>
       <c r="E7" t="inlineStr">
         <is>
-          <t>Misto</t>
+          <t>M</t>
         </is>
       </c>
       <c r="F7" t="inlineStr">
         <is>
-          <t>Beach Tennis São Paulo</t>
+          <t>Leandro Boas</t>
         </is>
       </c>
       <c r="G7" t="inlineStr">
         <is>
           <t>São Paulo</t>
         </is>
       </c>
-      <c r="H7" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="H7" t="inlineStr"/>
       <c r="I7" t="inlineStr">
         <is>
           <t>3º</t>
         </is>
       </c>
       <c r="J7" t="inlineStr">
         <is>
           <t>bronze</t>
         </is>
       </c>
       <c r="K7" t="n">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Microsoft Excel</Application>
   <AppVersion></AppVersion>
 </Properties>
 </file>